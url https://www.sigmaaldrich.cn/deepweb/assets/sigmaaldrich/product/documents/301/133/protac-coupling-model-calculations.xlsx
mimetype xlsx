--- v0 (2025-10-07)
+++ v1 (2026-02-10)
@@ -1,126 +1,272 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28926"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29609"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mdigital.sharepoint.com/sites/QuicTPDProject/Shared Documents/General/G3 Deliverables/R&amp;D owned deliverables/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mdigital.sharepoint.com/sites/QuicTPDProject/Shared Documents/General/G4 Deliverables/Technical Bulletin/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9C948144-23A6-44BA-BABC-E98624110CAB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1A302BF4-5255-4196-9270-C12AD83B1618}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{86EBEE5B-F350-4B35-ABEC-179C6F296C46}"/>
+    <workbookView xWindow="28690" yWindow="-110" windowWidth="29020" windowHeight="15700" firstSheet="1" activeTab="1" xr2:uid="{86EBEE5B-F350-4B35-ABEC-179C6F296C46}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="3" r:id="rId1"/>
-    <sheet name="Sheet2" sheetId="4" r:id="rId2"/>
+    <sheet name="Calculations" sheetId="3" r:id="rId1"/>
+    <sheet name="Acid Plate Components" sheetId="5" r:id="rId2"/>
+    <sheet name="Amine Plate Components" sheetId="6" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="I4" i="6" l="1"/>
+  <c r="I5" i="6"/>
+  <c r="I6" i="6"/>
+  <c r="I7" i="6"/>
+  <c r="I8" i="6"/>
+  <c r="I9" i="6"/>
+  <c r="I10" i="6"/>
+  <c r="I11" i="6"/>
+  <c r="I12" i="6"/>
+  <c r="I13" i="6"/>
+  <c r="I14" i="6"/>
+  <c r="I15" i="6"/>
+  <c r="I16" i="6"/>
+  <c r="I17" i="6"/>
+  <c r="I18" i="6"/>
+  <c r="I19" i="6"/>
+  <c r="I20" i="6"/>
+  <c r="I21" i="6"/>
+  <c r="I22" i="6"/>
+  <c r="I23" i="6"/>
+  <c r="I24" i="6"/>
+  <c r="I25" i="6"/>
+  <c r="I26" i="6"/>
+  <c r="I27" i="6"/>
+  <c r="I28" i="6"/>
+  <c r="I29" i="6"/>
+  <c r="I30" i="6"/>
+  <c r="I31" i="6"/>
+  <c r="I32" i="6"/>
+  <c r="I33" i="6"/>
+  <c r="I34" i="6"/>
+  <c r="I35" i="6"/>
+  <c r="I36" i="6"/>
+  <c r="I37" i="6"/>
+  <c r="I38" i="6"/>
+  <c r="I3" i="6"/>
+  <c r="H4" i="6"/>
+  <c r="H5" i="6"/>
+  <c r="H6" i="6"/>
+  <c r="H7" i="6"/>
+  <c r="H8" i="6"/>
+  <c r="H9" i="6"/>
+  <c r="H10" i="6"/>
+  <c r="H11" i="6"/>
+  <c r="H12" i="6"/>
+  <c r="H13" i="6"/>
+  <c r="H14" i="6"/>
+  <c r="H15" i="6"/>
+  <c r="H16" i="6"/>
+  <c r="H17" i="6"/>
+  <c r="H18" i="6"/>
+  <c r="H19" i="6"/>
+  <c r="H20" i="6"/>
+  <c r="H21" i="6"/>
+  <c r="H22" i="6"/>
+  <c r="H23" i="6"/>
+  <c r="H24" i="6"/>
+  <c r="H25" i="6"/>
+  <c r="H26" i="6"/>
+  <c r="H27" i="6"/>
+  <c r="H28" i="6"/>
+  <c r="H29" i="6"/>
+  <c r="H30" i="6"/>
+  <c r="H31" i="6"/>
+  <c r="H32" i="6"/>
+  <c r="H33" i="6"/>
+  <c r="H34" i="6"/>
+  <c r="H35" i="6"/>
+  <c r="H36" i="6"/>
+  <c r="H37" i="6"/>
+  <c r="H38" i="6"/>
+  <c r="H3" i="6"/>
+  <c r="I4" i="5"/>
+  <c r="I5" i="5"/>
+  <c r="I6" i="5"/>
+  <c r="I7" i="5"/>
+  <c r="I8" i="5"/>
+  <c r="I9" i="5"/>
+  <c r="I10" i="5"/>
+  <c r="I11" i="5"/>
+  <c r="I12" i="5"/>
+  <c r="I13" i="5"/>
+  <c r="I14" i="5"/>
+  <c r="I15" i="5"/>
+  <c r="I16" i="5"/>
+  <c r="I17" i="5"/>
+  <c r="I18" i="5"/>
+  <c r="I19" i="5"/>
+  <c r="I20" i="5"/>
+  <c r="I21" i="5"/>
+  <c r="I22" i="5"/>
+  <c r="I23" i="5"/>
+  <c r="I24" i="5"/>
+  <c r="I25" i="5"/>
+  <c r="I26" i="5"/>
+  <c r="I27" i="5"/>
+  <c r="I28" i="5"/>
+  <c r="I29" i="5"/>
+  <c r="I30" i="5"/>
+  <c r="I31" i="5"/>
+  <c r="I32" i="5"/>
+  <c r="I33" i="5"/>
+  <c r="I34" i="5"/>
+  <c r="I35" i="5"/>
+  <c r="I36" i="5"/>
+  <c r="I37" i="5"/>
+  <c r="I38" i="5"/>
+  <c r="I3" i="5"/>
+  <c r="H4" i="5"/>
+  <c r="H5" i="5"/>
+  <c r="H6" i="5"/>
+  <c r="H7" i="5"/>
+  <c r="H8" i="5"/>
+  <c r="H9" i="5"/>
+  <c r="H10" i="5"/>
+  <c r="H11" i="5"/>
+  <c r="H12" i="5"/>
+  <c r="H13" i="5"/>
+  <c r="H14" i="5"/>
+  <c r="H15" i="5"/>
+  <c r="H16" i="5"/>
+  <c r="H17" i="5"/>
+  <c r="H18" i="5"/>
+  <c r="H19" i="5"/>
+  <c r="H20" i="5"/>
+  <c r="H21" i="5"/>
+  <c r="H22" i="5"/>
+  <c r="H23" i="5"/>
+  <c r="H24" i="5"/>
+  <c r="H25" i="5"/>
+  <c r="H26" i="5"/>
+  <c r="H27" i="5"/>
+  <c r="H28" i="5"/>
+  <c r="H29" i="5"/>
+  <c r="H30" i="5"/>
+  <c r="H31" i="5"/>
+  <c r="H32" i="5"/>
+  <c r="H33" i="5"/>
+  <c r="H34" i="5"/>
+  <c r="H35" i="5"/>
+  <c r="H36" i="5"/>
+  <c r="H37" i="5"/>
+  <c r="H38" i="5"/>
+  <c r="H3" i="5"/>
   <c r="K20" i="3" l="1"/>
   <c r="I72" i="3"/>
   <c r="I73" i="3"/>
   <c r="H35" i="3"/>
   <c r="D44" i="3"/>
   <c r="D36" i="3"/>
   <c r="D50" i="3" s="1"/>
   <c r="D67" i="3" s="1"/>
   <c r="D45" i="3"/>
   <c r="D43" i="3"/>
   <c r="D42" i="3"/>
   <c r="D41" i="3"/>
   <c r="D48" i="3" l="1"/>
   <c r="D65" i="3" s="1"/>
   <c r="D58" i="3"/>
   <c r="D76" i="3" s="1"/>
   <c r="F76" i="3" s="1"/>
   <c r="D49" i="3"/>
   <c r="D66" i="3" s="1"/>
   <c r="D52" i="3"/>
   <c r="D68" i="3" s="1"/>
   <c r="D51" i="3"/>
   <c r="H40" i="3" s="1"/>
   <c r="D59" i="3" l="1"/>
   <c r="D57" i="3"/>
   <c r="D56" i="3"/>
   <c r="D74" i="3" s="1"/>
   <c r="D60" i="3"/>
   <c r="D75" i="3" l="1"/>
   <c r="D73" i="3"/>
   <c r="D72" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="399" uniqueCount="222">
   <si>
     <t>Acid Activated Coupling conditions</t>
   </si>
   <si>
     <t>Please enter the following information (Values in Red are required &amp; modifiable)</t>
   </si>
   <si>
     <t>QuicTPD SKU size used</t>
   </si>
   <si>
     <t>Molecular Weights</t>
   </si>
   <si>
     <t>Final concentration</t>
   </si>
   <si>
     <t>Enter QuicTPD plate SKU size used in microcmole</t>
   </si>
   <si>
     <t>Molecular weight of POI war head 1(g/mol)</t>
   </si>
   <si>
     <t>(+) JQ1 Carboxylic Acid</t>
   </si>
   <si>
@@ -276,103 +422,523 @@
   <si>
     <t>Add Total volume of H40 microliters in QuicTPD plate. Aspirate up and down or shake for 30 mins. Aliquot D51 microliters in another plate if the scale of reaction is below SKU size</t>
   </si>
   <si>
     <t>Add D52 microliters of warhead to each sets of reaction in the aliquoted plate</t>
   </si>
   <si>
     <t>Add D48, D49 and D50 microliters of coupling reagent, additive and base to each set of reactions</t>
   </si>
   <si>
     <t>To warhead only wells add D52 microliters of warhead and balance DMS0</t>
   </si>
   <si>
     <t>Warhead 1 plus rxn mix wells add D52 microliters of warhead, D48, D49, D50 of Activator, Additive, Base and balance DMSO</t>
   </si>
   <si>
     <t>To reaction mix wells add D48, D49, D50 of Activator, Additive, Base and balance DMSO.</t>
   </si>
   <si>
     <t>Leave some wells for DMSO only (negative control)</t>
   </si>
   <si>
     <t>Leave empty wells of positive control</t>
   </si>
   <si>
-    <t>MKE QC Ordering Table</t>
-[...44 lines deleted...]
-    <t>Target Protein-binding moiety 4</t>
+    <t>SN</t>
+  </si>
+  <si>
+    <t>Product Number</t>
+  </si>
+  <si>
+    <t>Plate Position</t>
+  </si>
+  <si>
+    <t>Name</t>
+  </si>
+  <si>
+    <t>Category/Terminal group</t>
+  </si>
+  <si>
+    <t>Mol Wt (Without salt)</t>
+  </si>
+  <si>
+    <t>MW of PROTAC</t>
+  </si>
+  <si>
+    <t>Set 1</t>
+  </si>
+  <si>
+    <t>Set2</t>
+  </si>
+  <si>
+    <t>B1</t>
+  </si>
+  <si>
+    <t>B7</t>
+  </si>
+  <si>
+    <t>Pomalidomide-PEG2-CO2H</t>
+  </si>
+  <si>
+    <t>Acid</t>
+  </si>
+  <si>
+    <t>B2</t>
+  </si>
+  <si>
+    <t>B8</t>
+  </si>
+  <si>
+    <t>Pomalidomide-PEG1-CO2H</t>
+  </si>
+  <si>
+    <t>B3</t>
+  </si>
+  <si>
+    <t>B9</t>
+  </si>
+  <si>
+    <t>Pomalidomide-C6-CO2H</t>
+  </si>
+  <si>
+    <t>B4</t>
+  </si>
+  <si>
+    <t>B10</t>
+  </si>
+  <si>
+    <t>Pomalidomide-PEG5-CO2H</t>
+  </si>
+  <si>
+    <t>B5</t>
+  </si>
+  <si>
+    <t>B11</t>
+  </si>
+  <si>
+    <t>Pomalidomide-PEG3-CO2H</t>
+  </si>
+  <si>
+    <t>F1</t>
+  </si>
+  <si>
+    <t>F7</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-C6-CO2H hydrochloride</t>
+  </si>
+  <si>
+    <t>B6</t>
+  </si>
+  <si>
+    <t>B12</t>
+  </si>
+  <si>
+    <t>Pomalidomide-C9-CO2H</t>
+  </si>
+  <si>
+    <t>C1</t>
+  </si>
+  <si>
+    <t>C7</t>
+  </si>
+  <si>
+    <t>Pomalidomide-C3-CO2H</t>
+  </si>
+  <si>
+    <t>C2</t>
+  </si>
+  <si>
+    <t>C8</t>
+  </si>
+  <si>
+    <t>Pomalidomide-PEG4-CO2H</t>
+  </si>
+  <si>
+    <t>F2</t>
+  </si>
+  <si>
+    <t>F8</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-PEG2-butyl CO2H</t>
+  </si>
+  <si>
+    <t>C3</t>
+  </si>
+  <si>
+    <t>C9</t>
+  </si>
+  <si>
+    <t>Pomalidomide-PEG6-CO2H</t>
+  </si>
+  <si>
+    <t>C4</t>
+  </si>
+  <si>
+    <t>C10</t>
+  </si>
+  <si>
+    <t>Pomalidomide-PEG2-butyl CO2H</t>
+  </si>
+  <si>
+    <t>C5</t>
+  </si>
+  <si>
+    <t>C11</t>
+  </si>
+  <si>
+    <t>Pomalidomide-PEG6-butyl CO2H</t>
+  </si>
+  <si>
+    <t>C6</t>
+  </si>
+  <si>
+    <t>C12</t>
+  </si>
+  <si>
+    <t>Pomalidomide-piperazine-acetic acid</t>
+  </si>
+  <si>
+    <t>F3</t>
+  </si>
+  <si>
+    <t>F9</t>
+  </si>
+  <si>
+    <t>VH 032 amide-alkyl C3-acid</t>
+  </si>
+  <si>
+    <t>F4</t>
+  </si>
+  <si>
+    <t>F10</t>
+  </si>
+  <si>
+    <t>VH 032 amide-PEG2-acid</t>
+  </si>
+  <si>
+    <t>F5</t>
+  </si>
+  <si>
+    <t>F11</t>
+  </si>
+  <si>
+    <t>VH 032 amide-alkyl C5-acid</t>
+  </si>
+  <si>
+    <t>F6</t>
+  </si>
+  <si>
+    <t>F12</t>
+  </si>
+  <si>
+    <t>VH 032 amide-PEG3-acid</t>
+  </si>
+  <si>
+    <t>G1</t>
+  </si>
+  <si>
+    <t>G7</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-Me-C5-COOH</t>
+  </si>
+  <si>
+    <t>D1</t>
+  </si>
+  <si>
+    <t>D7</t>
+  </si>
+  <si>
+    <t>Pomalidomide-piperazine-propanoic acid</t>
+  </si>
+  <si>
+    <t>D2</t>
+  </si>
+  <si>
+    <t>D8</t>
+  </si>
+  <si>
+    <t>Pomalidomide-piperidine-carboxylic acid</t>
+  </si>
+  <si>
+    <t>D3</t>
+  </si>
+  <si>
+    <t>D9</t>
+  </si>
+  <si>
+    <t>7-Octynoic acid, 8-[2-(2,6-dioxo-3-piperidinyl)-2,3-dihydro-1-oxo-1H-isoindol-4-yl]</t>
+  </si>
+  <si>
+    <t>D4</t>
+  </si>
+  <si>
+    <t>D10</t>
+  </si>
+  <si>
+    <t>4-Pentynoic acid, 5-[2-(2,6-dioxo-3-piperidinyl)-2,3-dihydro-1-oxo-1H-isoindol-4-yl]</t>
+  </si>
+  <si>
+    <t>D5</t>
+  </si>
+  <si>
+    <t>D11</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Thalidomide-O-C1-acid, CAS#1061605-21-7</t>
+  </si>
+  <si>
+    <t>G2</t>
+  </si>
+  <si>
+    <t>G9</t>
+  </si>
+  <si>
+    <t>(S, R, S)-AHPC-pentanoic-acid CAS#2172819-74-6</t>
+  </si>
+  <si>
+    <t>D6</t>
+  </si>
+  <si>
+    <t>D12</t>
+  </si>
+  <si>
+    <t>2,7-Diazaspiro[3.5]nonane-7-acetic acid, 2-[2-(2,6-dioxo-3-piperidinyl)-2,3-dihydro-1,3-dioxo-1H-isoindol-5-yl]</t>
+  </si>
+  <si>
+    <t>E1</t>
+  </si>
+  <si>
+    <t>E7</t>
+  </si>
+  <si>
+    <t>3-Pyridinecarboxylic acid, 6-[4-[2-(2,6-dioxo-3-piperidinyl)-2,3-dihydro-1,3-dioxo-1H-isoindol-5-yl]-1-piperazinyl]</t>
+  </si>
+  <si>
+    <t>E2</t>
+  </si>
+  <si>
+    <t>E8</t>
+  </si>
+  <si>
+    <t>Pomalidomide-C4-COOH CAS#2225940-48-5</t>
+  </si>
+  <si>
+    <t>G3</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-acetamido-O-PEG1-C1-acid. CAS#2172820-08-3</t>
+  </si>
+  <si>
+    <t>G4</t>
+  </si>
+  <si>
+    <t>G10</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-CO-PEG4-C2-acid CAS#2172820-12-9</t>
+  </si>
+  <si>
+    <t>E3</t>
+  </si>
+  <si>
+    <t>E9</t>
+  </si>
+  <si>
+    <t>Pomalidomide acetic acid CAS#927670-97-1</t>
+  </si>
+  <si>
+    <t>E4</t>
+  </si>
+  <si>
+    <t>E10</t>
+  </si>
+  <si>
+    <t>Propanoic acid, 3-[2-[2-[2-[[2-(2,6-dioxo-3-piperidinyl)-2,3-dihydro-1,3-dioxo-1H-isoindol-5-yl]amino]ethoxy]ethoxy]ethoxy]-, CAS#2375283-62-6</t>
+  </si>
+  <si>
+    <t>E5</t>
+  </si>
+  <si>
+    <t>E11</t>
+  </si>
+  <si>
+    <t>Thalidomide-NH-PEG2-COOH  CAS#2412056-45-0</t>
+  </si>
+  <si>
+    <t>G5</t>
+  </si>
+  <si>
+    <t>G11</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-acetamido-O-PEG4-C1-acid      CAS#2172820-13-0</t>
+  </si>
+  <si>
+    <t>G6</t>
+  </si>
+  <si>
+    <t>G12</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-CO-PEG1-C2-acid CAS#2172820-07-2</t>
+  </si>
+  <si>
+    <t>E6</t>
+  </si>
+  <si>
+    <t>E12</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-acetamido-O-PEG2-C1-acid CAS#2172820-10-7</t>
+  </si>
+  <si>
+    <t>Input</t>
+  </si>
+  <si>
+    <t>Pomalidomide-PEG3-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>Amine</t>
+  </si>
+  <si>
+    <t>Pomalidomide-PEG2-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-PEG2-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-PEG3-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>Pomalidomide-PEG5-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>Pomalidomide-PEG1-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-PEG5-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-PEG1-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-PEG4-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>Pomalidomide-PEG6-butyl amine hydrochloride</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-C6-PEG3-butyl amine hydrochloride</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-PEG6-butyl amine hydrochloride</t>
+  </si>
+  <si>
+    <t>G8</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-PEG2-butyl amine hydrochloride</t>
+  </si>
+  <si>
+    <t>C5 Lenalidomide-PEG1-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>Pomalidomide-dipiperazine-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>C5 Lenalidomide-C9-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>C5 Lenalidomide-benzyl-piperazine hydrochloride</t>
+  </si>
+  <si>
+    <t>C5 Lenalidomide-pyridine-PEG1-piperazine hydrochloride</t>
+  </si>
+  <si>
+    <t>C5 Lenalidomide-piperazine-pyridine-alkyne-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>C5-Pomalidomide-piperazine hydrochloride</t>
+  </si>
+  <si>
+    <t>Pomalidomide-C2-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>Pomalidomide 4′-PEG3-amine hydrochloride</t>
+  </si>
+  <si>
+    <t>Pomalidomide-PEG2-C2-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>Pomalidomide-PEG4-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>C5 Lenalidomine-C3-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-PEG6-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>C5 Lenalidomine-C6-NH2 hydrochloride</t>
+  </si>
+  <si>
+    <t>2,6-Piperidinedione, 3-[(3-aminophenyl)amino] hydrochloride</t>
+  </si>
+  <si>
+    <t>2-(2,6-Dioxo-3-piperidinyl)-4-(1-piperazinyl)-1H-isoindole-1,3(2H)-dione; CAS#2230956-83-7</t>
+  </si>
+  <si>
+    <t>Pomalidomide-PEG1-C2-amine HCl; CAS#2154342-56-8</t>
+  </si>
+  <si>
+    <t>1H-Isoindole-1,3(2H)-dione, 2-(2,6-dioxo-3-piperidinyl)-5-(4-piperidinyl)-, hydrochloride</t>
+  </si>
+  <si>
+    <t>3-((4-(Piperidin-4-yl)phenyl)amino)piperidine-2,6-dione hydrochloride</t>
+  </si>
+  <si>
+    <t>3-(3-Fluoro-4-piperidin-4-ylphenylamino)piperidine-2,6-dione hydrochloride; CAS#2654822-04-3</t>
+  </si>
+  <si>
+    <t>(S,R,S)-AHPC-CO-PEG4-C2-amine HCl; CAS#2376139-48-7</t>
+  </si>
+  <si>
+    <t>L-Prolinamide, N-[3-[2-(2-aminoethoxy)ethoxy]-1-oxopropyl]-3-methyl-L-valyl-4-hydroxy-N-[[4-(4-methyl-5-thiazolyl)phenyl]methyl]-, (4R)-; CAS#2138439-54-8</t>
+  </si>
+  <si>
+    <t>1H-Isoindole-1,3(2H)-dione, 4-[(4-aminobutyl)amino]-2-(2,6-dioxo-3-piperidinyl)-, hydrochloride; CAS#2162120-73-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12">
+  <fonts count="19">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -406,84 +972,182 @@
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
-      <sz val="11"/>
+      <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
-      <charset val="1"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
-      <charset val="1"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF4472C4"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFC0C0C0"/>
+        <fgColor rgb="FFF4B084"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFDDEBF7"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFD9E2F3"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFFFF"/>
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="13">
+  <borders count="16">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
@@ -585,104 +1249,242 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="57">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="2" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="11" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="10" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="1">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -944,51 +1746,51 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{46F0BAA2-B7E1-4207-AEFF-970ABB68EFDC}">
   <dimension ref="B3:L110"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="C3" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
+    <sheetView topLeftCell="C3" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
       <selection activeCell="D72" sqref="D72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="115.42578125" customWidth="1"/>
     <col min="7" max="7" width="77.5703125" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
     <col min="10" max="10" width="15.5703125" customWidth="1"/>
     <col min="11" max="11" width="63" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:12" ht="33.6">
       <c r="E3" s="8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="2:12">
       <c r="E6" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="2:12" ht="26.45" thickBot="1">
       <c r="C9" s="11" t="s">
@@ -1587,238 +2389,2516 @@
     <row r="105" spans="2:2">
       <c r="B105" s="16"/>
     </row>
     <row r="106" spans="2:2">
       <c r="B106" s="16"/>
     </row>
     <row r="107" spans="2:2">
       <c r="B107" s="16"/>
     </row>
     <row r="108" spans="2:2">
       <c r="B108" s="16"/>
     </row>
     <row r="109" spans="2:2">
       <c r="B109" s="16"/>
     </row>
     <row r="110" spans="2:2">
       <c r="B110" s="16"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C57132B5-EBB6-47AF-AC50-64CE5BFD05ED}">
-  <dimension ref="B2:D19"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6101683A-92D1-4F2A-A463-FB19377DD428}">
+  <dimension ref="A1:I47"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1:C1048576"/>
+    <sheetView tabSelected="1" topLeftCell="A15" workbookViewId="0">
+      <selection activeCell="K37" sqref="K37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
-    <col min="2" max="2" width="26.42578125" customWidth="1"/>
-    <col min="4" max="4" width="56.140625" customWidth="1"/>
+    <col min="5" max="5" width="51.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:4">
-      <c r="B2" s="27" t="s">
+    <row r="1" spans="1:9" ht="26.1">
+      <c r="A1" s="53" t="s">
         <v>66</v>
       </c>
-      <c r="C2" s="27"/>
-[...3 lines deleted...]
-      <c r="B3" s="25" t="s">
+      <c r="B1" s="53" t="s">
         <v>67</v>
       </c>
-      <c r="C3" s="25" t="s">
+      <c r="C1" s="26" t="s">
         <v>68</v>
       </c>
-      <c r="D3" s="25" t="s">
+      <c r="D1" s="26" t="s">
+        <v>68</v>
+      </c>
+      <c r="E1" s="54" t="s">
         <v>69</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B4" s="26" t="s">
+      <c r="F1" s="53" t="s">
         <v>70</v>
       </c>
-      <c r="C4" s="26">
+      <c r="G1" s="55" t="s">
+        <v>71</v>
+      </c>
+      <c r="H1" s="27" t="s">
+        <v>72</v>
+      </c>
+      <c r="I1" s="27" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
+      <c r="A2" s="53"/>
+      <c r="B2" s="53"/>
+      <c r="C2" s="26" t="s">
+        <v>73</v>
+      </c>
+      <c r="D2" s="26" t="s">
+        <v>74</v>
+      </c>
+      <c r="E2" s="54"/>
+      <c r="F2" s="53"/>
+      <c r="G2" s="56"/>
+      <c r="H2" s="44" t="s">
+        <v>73</v>
+      </c>
+      <c r="I2" s="44" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
+      <c r="A3" s="45">
         <v>1</v>
       </c>
-      <c r="D4" s="26" t="s">
+      <c r="B3" s="46">
+        <v>901526</v>
+      </c>
+      <c r="C3" s="46" t="s">
+        <v>75</v>
+      </c>
+      <c r="D3" s="46" t="s">
+        <v>76</v>
+      </c>
+      <c r="E3" s="47" t="s">
+        <v>77</v>
+      </c>
+      <c r="F3" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G3" s="46">
+        <v>433.41</v>
+      </c>
+      <c r="H3" s="49">
+        <f>G3+$F$46-18</f>
+        <v>1315.41</v>
+      </c>
+      <c r="I3" s="49">
+        <f>G3+$F$47-18</f>
+        <v>1415.41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" s="45">
+        <v>2</v>
+      </c>
+      <c r="B4" s="46">
+        <v>901527</v>
+      </c>
+      <c r="C4" s="46" t="s">
+        <v>79</v>
+      </c>
+      <c r="D4" s="46" t="s">
+        <v>80</v>
+      </c>
+      <c r="E4" s="47" t="s">
+        <v>81</v>
+      </c>
+      <c r="F4" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G4" s="46">
+        <v>389.36</v>
+      </c>
+      <c r="H4" s="49">
+        <f t="shared" ref="H4:H38" si="0">G4+$F$46-18</f>
+        <v>1271.3600000000001</v>
+      </c>
+      <c r="I4" s="49">
+        <f t="shared" ref="I4:I38" si="1">G4+$F$47-18</f>
+        <v>1371.3600000000001</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" s="45">
+        <v>3</v>
+      </c>
+      <c r="B5" s="46">
+        <v>901496</v>
+      </c>
+      <c r="C5" s="46" t="s">
+        <v>82</v>
+      </c>
+      <c r="D5" s="46" t="s">
+        <v>83</v>
+      </c>
+      <c r="E5" s="47" t="s">
+        <v>84</v>
+      </c>
+      <c r="F5" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G5" s="46">
+        <v>401.41</v>
+      </c>
+      <c r="H5" s="49">
+        <f t="shared" si="0"/>
+        <v>1283.4100000000001</v>
+      </c>
+      <c r="I5" s="49">
+        <f t="shared" si="1"/>
+        <v>1383.41</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" s="45">
+        <v>4</v>
+      </c>
+      <c r="B6" s="46">
+        <v>901828</v>
+      </c>
+      <c r="C6" s="46" t="s">
+        <v>85</v>
+      </c>
+      <c r="D6" s="46" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" s="47" t="s">
+        <v>87</v>
+      </c>
+      <c r="F6" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G6" s="46">
+        <v>565.57000000000005</v>
+      </c>
+      <c r="H6" s="49">
+        <f t="shared" si="0"/>
+        <v>1447.5700000000002</v>
+      </c>
+      <c r="I6" s="49">
+        <f t="shared" si="1"/>
+        <v>1547.5700000000002</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" s="45">
+        <v>5</v>
+      </c>
+      <c r="B7" s="46">
+        <v>901504</v>
+      </c>
+      <c r="C7" s="46" t="s">
+        <v>88</v>
+      </c>
+      <c r="D7" s="46" t="s">
+        <v>89</v>
+      </c>
+      <c r="E7" s="47" t="s">
+        <v>90</v>
+      </c>
+      <c r="F7" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G7" s="46">
+        <v>477.46</v>
+      </c>
+      <c r="H7" s="49">
+        <f t="shared" si="0"/>
+        <v>1359.46</v>
+      </c>
+      <c r="I7" s="49">
+        <f t="shared" si="1"/>
+        <v>1459.46</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" s="45">
+        <v>6</v>
+      </c>
+      <c r="B8" s="46">
+        <v>901534</v>
+      </c>
+      <c r="C8" s="46" t="s">
+        <v>91</v>
+      </c>
+      <c r="D8" s="46" t="s">
+        <v>92</v>
+      </c>
+      <c r="E8" s="47" t="s">
+        <v>93</v>
+      </c>
+      <c r="F8" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G8" s="46">
+        <v>558.73</v>
+      </c>
+      <c r="H8" s="49">
+        <f t="shared" si="0"/>
+        <v>1440.73</v>
+      </c>
+      <c r="I8" s="49">
+        <f t="shared" si="1"/>
+        <v>1540.73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" s="45">
+        <v>7</v>
+      </c>
+      <c r="B9" s="46">
+        <v>901525</v>
+      </c>
+      <c r="C9" s="46" t="s">
+        <v>94</v>
+      </c>
+      <c r="D9" s="46" t="s">
+        <v>95</v>
+      </c>
+      <c r="E9" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="F9" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G9" s="46">
+        <v>443.49</v>
+      </c>
+      <c r="H9" s="49">
+        <f t="shared" si="0"/>
+        <v>1325.49</v>
+      </c>
+      <c r="I9" s="49">
+        <f t="shared" si="1"/>
+        <v>1425.49</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" s="45">
+        <v>8</v>
+      </c>
+      <c r="B10" s="46">
+        <v>901500</v>
+      </c>
+      <c r="C10" s="46" t="s">
+        <v>97</v>
+      </c>
+      <c r="D10" s="46" t="s">
+        <v>98</v>
+      </c>
+      <c r="E10" s="47" t="s">
+        <v>99</v>
+      </c>
+      <c r="F10" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G10" s="46">
+        <v>359.33</v>
+      </c>
+      <c r="H10" s="49">
+        <f t="shared" si="0"/>
+        <v>1241.33</v>
+      </c>
+      <c r="I10" s="49">
+        <f t="shared" si="1"/>
+        <v>1341.33</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" s="45">
+        <v>9</v>
+      </c>
+      <c r="B11" s="46">
+        <v>901824</v>
+      </c>
+      <c r="C11" s="46" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" s="46" t="s">
+        <v>101</v>
+      </c>
+      <c r="E11" s="47" t="s">
+        <v>102</v>
+      </c>
+      <c r="F11" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G11" s="46">
+        <v>521.52</v>
+      </c>
+      <c r="H11" s="49">
+        <f t="shared" si="0"/>
+        <v>1403.52</v>
+      </c>
+      <c r="I11" s="49">
+        <f t="shared" si="1"/>
+        <v>1503.52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" s="45">
+        <v>10</v>
+      </c>
+      <c r="B12" s="46">
+        <v>910600</v>
+      </c>
+      <c r="C12" s="46" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" s="46" t="s">
+        <v>104</v>
+      </c>
+      <c r="E12" s="47" t="s">
+        <v>105</v>
+      </c>
+      <c r="F12" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G12" s="46">
+        <v>609.63</v>
+      </c>
+      <c r="H12" s="49">
+        <f t="shared" si="0"/>
+        <v>1491.63</v>
+      </c>
+      <c r="I12" s="49">
+        <f t="shared" si="1"/>
+        <v>1591.63</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" s="45">
+        <v>11</v>
+      </c>
+      <c r="B13" s="46">
+        <v>901829</v>
+      </c>
+      <c r="C13" s="46" t="s">
+        <v>106</v>
+      </c>
+      <c r="D13" s="46" t="s">
+        <v>107</v>
+      </c>
+      <c r="E13" s="47" t="s">
+        <v>108</v>
+      </c>
+      <c r="F13" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G13" s="46">
+        <v>660.32</v>
+      </c>
+      <c r="H13" s="49">
+        <f t="shared" si="0"/>
+        <v>1542.3200000000002</v>
+      </c>
+      <c r="I13" s="49">
+        <f t="shared" si="1"/>
+        <v>1642.3200000000002</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" s="45">
+        <v>12</v>
+      </c>
+      <c r="B14" s="46">
+        <v>910449</v>
+      </c>
+      <c r="C14" s="46" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" s="46" t="s">
+        <v>110</v>
+      </c>
+      <c r="E14" s="47" t="s">
+        <v>111</v>
+      </c>
+      <c r="F14" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G14" s="46">
+        <v>503.19</v>
+      </c>
+      <c r="H14" s="49">
+        <f t="shared" si="0"/>
+        <v>1385.19</v>
+      </c>
+      <c r="I14" s="49">
+        <f t="shared" si="1"/>
+        <v>1485.19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" s="45">
+        <v>13</v>
+      </c>
+      <c r="B15" s="46">
+        <v>910481</v>
+      </c>
+      <c r="C15" s="46" t="s">
+        <v>112</v>
+      </c>
+      <c r="D15" s="46" t="s">
+        <v>113</v>
+      </c>
+      <c r="E15" s="47" t="s">
+        <v>114</v>
+      </c>
+      <c r="F15" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G15" s="46">
+        <v>679.3</v>
+      </c>
+      <c r="H15" s="49">
+        <f t="shared" si="0"/>
+        <v>1561.3</v>
+      </c>
+      <c r="I15" s="49">
+        <f t="shared" si="1"/>
+        <v>1661.3</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="45">
+        <v>14</v>
+      </c>
+      <c r="B16" s="46">
+        <v>930555</v>
+      </c>
+      <c r="C16" s="46" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" s="46" t="s">
+        <v>116</v>
+      </c>
+      <c r="E16" s="47" t="s">
+        <v>117</v>
+      </c>
+      <c r="F16" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G16" s="46">
+        <v>400.39</v>
+      </c>
+      <c r="H16" s="49">
+        <f t="shared" si="0"/>
+        <v>1282.3899999999999</v>
+      </c>
+      <c r="I16" s="49">
+        <f t="shared" si="1"/>
+        <v>1382.3899999999999</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" s="45">
+        <v>15</v>
+      </c>
+      <c r="B17" s="46">
+        <v>930628</v>
+      </c>
+      <c r="C17" s="46" t="s">
+        <v>118</v>
+      </c>
+      <c r="D17" s="46" t="s">
+        <v>119</v>
+      </c>
+      <c r="E17" s="50" t="s">
+        <v>120</v>
+      </c>
+      <c r="F17" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G17" s="46">
+        <v>544.66999999999996</v>
+      </c>
+      <c r="H17" s="49">
+        <f t="shared" si="0"/>
+        <v>1426.67</v>
+      </c>
+      <c r="I17" s="49">
+        <f t="shared" si="1"/>
+        <v>1526.67</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" s="45">
+        <v>16</v>
+      </c>
+      <c r="B18" s="46">
+        <v>930644</v>
+      </c>
+      <c r="C18" s="46" t="s">
+        <v>121</v>
+      </c>
+      <c r="D18" s="46" t="s">
+        <v>122</v>
+      </c>
+      <c r="E18" s="47" t="s">
+        <v>123</v>
+      </c>
+      <c r="F18" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G18" s="46">
+        <v>618.75</v>
+      </c>
+      <c r="H18" s="49">
+        <f t="shared" si="0"/>
+        <v>1500.75</v>
+      </c>
+      <c r="I18" s="49">
+        <f t="shared" si="1"/>
+        <v>1600.75</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="45">
+        <v>17</v>
+      </c>
+      <c r="B19" s="46">
+        <v>930636</v>
+      </c>
+      <c r="C19" s="46" t="s">
+        <v>124</v>
+      </c>
+      <c r="D19" s="46" t="s">
+        <v>125</v>
+      </c>
+      <c r="E19" s="47" t="s">
+        <v>126</v>
+      </c>
+      <c r="F19" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G19" s="46">
+        <v>572.72</v>
+      </c>
+      <c r="H19" s="49">
+        <f t="shared" si="0"/>
+        <v>1454.72</v>
+      </c>
+      <c r="I19" s="49">
+        <f t="shared" si="1"/>
+        <v>1554.72</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="45">
+        <v>18</v>
+      </c>
+      <c r="B20" s="46">
+        <v>930512</v>
+      </c>
+      <c r="C20" s="46" t="s">
+        <v>127</v>
+      </c>
+      <c r="D20" s="46" t="s">
+        <v>128</v>
+      </c>
+      <c r="E20" s="47" t="s">
+        <v>129</v>
+      </c>
+      <c r="F20" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G20" s="46">
+        <v>662.8</v>
+      </c>
+      <c r="H20" s="49">
+        <f t="shared" si="0"/>
+        <v>1544.8</v>
+      </c>
+      <c r="I20" s="49">
+        <f t="shared" si="1"/>
+        <v>1644.8</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" s="45">
+        <v>19</v>
+      </c>
+      <c r="B21" s="46">
+        <v>930539</v>
+      </c>
+      <c r="C21" s="46" t="s">
+        <v>130</v>
+      </c>
+      <c r="D21" s="46" t="s">
+        <v>131</v>
+      </c>
+      <c r="E21" s="47" t="s">
+        <v>132</v>
+      </c>
+      <c r="F21" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G21" s="46">
+        <v>586.75</v>
+      </c>
+      <c r="H21" s="49">
+        <f t="shared" si="0"/>
+        <v>1468.75</v>
+      </c>
+      <c r="I21" s="49">
+        <f t="shared" si="1"/>
+        <v>1568.75</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" s="45">
+        <v>20</v>
+      </c>
+      <c r="B22" s="46">
+        <v>930709</v>
+      </c>
+      <c r="C22" s="46" t="s">
+        <v>133</v>
+      </c>
+      <c r="D22" s="46" t="s">
+        <v>134</v>
+      </c>
+      <c r="E22" s="47" t="s">
+        <v>135</v>
+      </c>
+      <c r="F22" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G22" s="46">
+        <v>414.42</v>
+      </c>
+      <c r="H22" s="49">
+        <f t="shared" si="0"/>
+        <v>1296.42</v>
+      </c>
+      <c r="I22" s="49">
+        <f t="shared" si="1"/>
+        <v>1396.42</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" s="45">
+        <v>21</v>
+      </c>
+      <c r="B23" s="46">
+        <v>930571</v>
+      </c>
+      <c r="C23" s="46" t="s">
+        <v>136</v>
+      </c>
+      <c r="D23" s="46" t="s">
+        <v>137</v>
+      </c>
+      <c r="E23" s="47" t="s">
+        <v>138</v>
+      </c>
+      <c r="F23" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G23" s="46">
+        <v>385.38</v>
+      </c>
+      <c r="H23" s="49">
+        <f t="shared" si="0"/>
+        <v>1267.3800000000001</v>
+      </c>
+      <c r="I23" s="49">
+        <f t="shared" si="1"/>
+        <v>1367.38</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="45">
+        <v>22</v>
+      </c>
+      <c r="B24" s="46">
+        <v>930806</v>
+      </c>
+      <c r="C24" s="46" t="s">
+        <v>139</v>
+      </c>
+      <c r="D24" s="46" t="s">
+        <v>140</v>
+      </c>
+      <c r="E24" s="47" t="s">
+        <v>141</v>
+      </c>
+      <c r="F24" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G24" s="46">
+        <v>382.42</v>
+      </c>
+      <c r="H24" s="49">
+        <f t="shared" si="0"/>
+        <v>1264.42</v>
+      </c>
+      <c r="I24" s="49">
+        <f t="shared" si="1"/>
+        <v>1364.42</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="45">
+        <v>23</v>
+      </c>
+      <c r="B25" s="46">
+        <v>930814</v>
+      </c>
+      <c r="C25" s="46" t="s">
+        <v>142</v>
+      </c>
+      <c r="D25" s="46" t="s">
+        <v>143</v>
+      </c>
+      <c r="E25" s="47" t="s">
+        <v>144</v>
+      </c>
+      <c r="F25" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G25" s="46">
+        <v>340.34</v>
+      </c>
+      <c r="H25" s="49">
+        <f t="shared" si="0"/>
+        <v>1222.3399999999999</v>
+      </c>
+      <c r="I25" s="49">
+        <f t="shared" si="1"/>
+        <v>1322.34</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="45">
+        <v>24</v>
+      </c>
+      <c r="B26" s="46">
+        <v>934313</v>
+      </c>
+      <c r="C26" s="46" t="s">
+        <v>145</v>
+      </c>
+      <c r="D26" s="46" t="s">
+        <v>146</v>
+      </c>
+      <c r="E26" s="47" t="s">
+        <v>147</v>
+      </c>
+      <c r="F26" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G26" s="46">
+        <v>332.27</v>
+      </c>
+      <c r="H26" s="49">
+        <f t="shared" si="0"/>
+        <v>1214.27</v>
+      </c>
+      <c r="I26" s="49">
+        <f t="shared" si="1"/>
+        <v>1314.27</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="45">
+        <v>25</v>
+      </c>
+      <c r="B27" s="46">
+        <v>936472</v>
+      </c>
+      <c r="C27" s="46" t="s">
+        <v>148</v>
+      </c>
+      <c r="D27" s="46" t="s">
+        <v>149</v>
+      </c>
+      <c r="E27" s="51" t="s">
+        <v>150</v>
+      </c>
+      <c r="F27" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G27" s="46">
+        <v>558.69000000000005</v>
+      </c>
+      <c r="H27" s="49">
+        <f t="shared" si="0"/>
+        <v>1440.69</v>
+      </c>
+      <c r="I27" s="49">
+        <f t="shared" si="1"/>
+        <v>1540.69</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" s="45">
+        <v>26</v>
+      </c>
+      <c r="B28" s="46">
+        <v>936480</v>
+      </c>
+      <c r="C28" s="46" t="s">
+        <v>151</v>
+      </c>
+      <c r="D28" s="46" t="s">
+        <v>152</v>
+      </c>
+      <c r="E28" s="47" t="s">
+        <v>153</v>
+      </c>
+      <c r="F28" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G28" s="46">
+        <v>440.45</v>
+      </c>
+      <c r="H28" s="49">
+        <f t="shared" si="0"/>
+        <v>1322.45</v>
+      </c>
+      <c r="I28" s="49">
+        <f t="shared" si="1"/>
+        <v>1422.45</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="45">
+        <v>27</v>
+      </c>
+      <c r="B29" s="46">
+        <v>936499</v>
+      </c>
+      <c r="C29" s="46" t="s">
+        <v>154</v>
+      </c>
+      <c r="D29" s="46" t="s">
+        <v>155</v>
+      </c>
+      <c r="E29" s="47" t="s">
+        <v>156</v>
+      </c>
+      <c r="F29" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G29" s="46">
+        <v>463.44</v>
+      </c>
+      <c r="H29" s="49">
+        <f t="shared" si="0"/>
+        <v>1345.44</v>
+      </c>
+      <c r="I29" s="49">
+        <f t="shared" si="1"/>
+        <v>1445.44</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="45">
+        <v>28</v>
+      </c>
+      <c r="B30" s="46">
+        <v>936502</v>
+      </c>
+      <c r="C30" s="46" t="s">
+        <v>157</v>
+      </c>
+      <c r="D30" s="46" t="s">
+        <v>158</v>
+      </c>
+      <c r="E30" s="47" t="s">
+        <v>159</v>
+      </c>
+      <c r="F30" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G30" s="46">
+        <v>373.37</v>
+      </c>
+      <c r="H30" s="49">
+        <f t="shared" si="0"/>
+        <v>1255.3699999999999</v>
+      </c>
+      <c r="I30" s="49">
+        <f t="shared" si="1"/>
+        <v>1355.37</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="45">
+        <v>29</v>
+      </c>
+      <c r="B31" s="46">
+        <v>936510</v>
+      </c>
+      <c r="C31" s="46" t="s">
+        <v>160</v>
+      </c>
+      <c r="D31" s="46" t="s">
+        <v>149</v>
+      </c>
+      <c r="E31" s="47" t="s">
+        <v>161</v>
+      </c>
+      <c r="F31" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G31" s="46">
+        <v>590.69000000000005</v>
+      </c>
+      <c r="H31" s="49">
+        <f t="shared" si="0"/>
+        <v>1472.69</v>
+      </c>
+      <c r="I31" s="49">
+        <f t="shared" si="1"/>
+        <v>1572.69</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="45">
+        <v>30</v>
+      </c>
+      <c r="B32" s="46">
+        <v>936529</v>
+      </c>
+      <c r="C32" s="46" t="s">
+        <v>162</v>
+      </c>
+      <c r="D32" s="46" t="s">
+        <v>163</v>
+      </c>
+      <c r="E32" s="47" t="s">
+        <v>164</v>
+      </c>
+      <c r="F32" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G32" s="46">
+        <v>706.85</v>
+      </c>
+      <c r="H32" s="49">
+        <f t="shared" si="0"/>
+        <v>1588.85</v>
+      </c>
+      <c r="I32" s="49">
+        <f t="shared" si="1"/>
+        <v>1688.85</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="45">
+        <v>31</v>
+      </c>
+      <c r="B33" s="46">
+        <v>934240</v>
+      </c>
+      <c r="C33" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="D33" s="46" t="s">
+        <v>166</v>
+      </c>
+      <c r="E33" s="47" t="s">
+        <v>167</v>
+      </c>
+      <c r="F33" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G33" s="46">
+        <v>331.28</v>
+      </c>
+      <c r="H33" s="49">
+        <f t="shared" si="0"/>
+        <v>1213.28</v>
+      </c>
+      <c r="I33" s="49">
+        <f t="shared" si="1"/>
+        <v>1313.28</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="45">
+        <v>32</v>
+      </c>
+      <c r="B34" s="46">
+        <v>936537</v>
+      </c>
+      <c r="C34" s="46" t="s">
+        <v>168</v>
+      </c>
+      <c r="D34" s="46" t="s">
+        <v>169</v>
+      </c>
+      <c r="E34" s="47" t="s">
+        <v>170</v>
+      </c>
+      <c r="F34" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G34" s="46">
+        <v>477.47</v>
+      </c>
+      <c r="H34" s="49">
+        <f t="shared" si="0"/>
+        <v>1359.47</v>
+      </c>
+      <c r="I34" s="49">
+        <f t="shared" si="1"/>
+        <v>1459.47</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="45">
+        <v>33</v>
+      </c>
+      <c r="B35" s="46">
+        <v>936545</v>
+      </c>
+      <c r="C35" s="46" t="s">
+        <v>171</v>
+      </c>
+      <c r="D35" s="46" t="s">
+        <v>172</v>
+      </c>
+      <c r="E35" s="47" t="s">
+        <v>173</v>
+      </c>
+      <c r="F35" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G35" s="46">
+        <v>433.41</v>
+      </c>
+      <c r="H35" s="49">
+        <f t="shared" si="0"/>
+        <v>1315.41</v>
+      </c>
+      <c r="I35" s="49">
+        <f t="shared" si="1"/>
+        <v>1415.41</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="45">
+        <v>34</v>
+      </c>
+      <c r="B36" s="46">
+        <v>936553</v>
+      </c>
+      <c r="C36" s="46" t="s">
+        <v>174</v>
+      </c>
+      <c r="D36" s="46" t="s">
+        <v>175</v>
+      </c>
+      <c r="E36" s="47" t="s">
+        <v>176</v>
+      </c>
+      <c r="F36" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G36" s="46">
+        <v>722.85</v>
+      </c>
+      <c r="H36" s="49">
+        <f t="shared" si="0"/>
+        <v>1604.85</v>
+      </c>
+      <c r="I36" s="49">
+        <f t="shared" si="1"/>
+        <v>1704.85</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="45">
+        <v>35</v>
+      </c>
+      <c r="B37" s="46">
+        <v>936561</v>
+      </c>
+      <c r="C37" s="46" t="s">
+        <v>177</v>
+      </c>
+      <c r="D37" s="46" t="s">
+        <v>178</v>
+      </c>
+      <c r="E37" s="47" t="s">
+        <v>179</v>
+      </c>
+      <c r="F37" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G37" s="46">
+        <v>574.69000000000005</v>
+      </c>
+      <c r="H37" s="49">
+        <f t="shared" si="0"/>
+        <v>1456.69</v>
+      </c>
+      <c r="I37" s="49">
+        <f t="shared" si="1"/>
+        <v>1556.69</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="45">
+        <v>36</v>
+      </c>
+      <c r="B38" s="46">
+        <v>936588</v>
+      </c>
+      <c r="C38" s="46" t="s">
+        <v>180</v>
+      </c>
+      <c r="D38" s="46" t="s">
+        <v>181</v>
+      </c>
+      <c r="E38" s="47" t="s">
+        <v>182</v>
+      </c>
+      <c r="F38" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="G38" s="46">
+        <v>634.74</v>
+      </c>
+      <c r="H38" s="49">
+        <f t="shared" si="0"/>
+        <v>1516.74</v>
+      </c>
+      <c r="I38" s="49">
+        <f t="shared" si="1"/>
+        <v>1616.74</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="15" thickBot="1"/>
+    <row r="46" spans="1:9" ht="18.600000000000001">
+      <c r="D46" s="52" t="s">
+        <v>183</v>
+      </c>
+      <c r="E46" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="F46" s="4">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="E47" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="F47" s="6">
+        <v>1000</v>
+      </c>
+    </row>
+  </sheetData>
+  <protectedRanges>
+    <protectedRange sqref="G1:G2" name="Range1"/>
+    <protectedRange sqref="B3:B38" name="Range1_1"/>
+    <protectedRange sqref="B3:B38" name="Range2"/>
+    <protectedRange sqref="C3:D38" name="Range1_2"/>
+    <protectedRange sqref="C3:D38" name="Range2_1"/>
+    <protectedRange sqref="E3:E38" name="Range1_3"/>
+    <protectedRange sqref="E3:E38" name="Range2_2"/>
+    <protectedRange sqref="G3:G38" name="Range1_4"/>
+    <protectedRange sqref="G3:G38" name="Range2_3"/>
+  </protectedRanges>
+  <mergeCells count="5">
+    <mergeCell ref="A1:A2"/>
+    <mergeCell ref="B1:B2"/>
+    <mergeCell ref="E1:E2"/>
+    <mergeCell ref="F1:F2"/>
+    <mergeCell ref="G1:G2"/>
+  </mergeCells>
+  <conditionalFormatting sqref="B3:B38">
+    <cfRule type="duplicateValues" dxfId="0" priority="1"/>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2B6AD012-535B-4035-AEFA-59ED980FB5C2}">
+  <dimension ref="A1:I42"/>
+  <sheetViews>
+    <sheetView topLeftCell="A2" workbookViewId="0">
+      <selection activeCell="J38" sqref="J38"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.45"/>
+  <cols>
+    <col min="5" max="5" width="50.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="26.1">
+      <c r="A1" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="B1" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="C1" s="26" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1" s="26" t="s">
+        <v>68</v>
+      </c>
+      <c r="E1" s="54" t="s">
+        <v>69</v>
+      </c>
+      <c r="F1" s="53" t="s">
+        <v>70</v>
+      </c>
+      <c r="G1" s="55" t="s">
         <v>71</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="B8" s="26" t="s">
+      <c r="H1" s="27" t="s">
         <v>72</v>
       </c>
-      <c r="C8" s="26">
+      <c r="I1" s="27" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
+      <c r="A2" s="53"/>
+      <c r="B2" s="53"/>
+      <c r="C2" s="26" t="s">
+        <v>73</v>
+      </c>
+      <c r="D2" s="26" t="s">
+        <v>74</v>
+      </c>
+      <c r="E2" s="54"/>
+      <c r="F2" s="53"/>
+      <c r="G2" s="56"/>
+      <c r="H2" s="27" t="s">
+        <v>73</v>
+      </c>
+      <c r="I2" s="27" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
+      <c r="A3" s="28">
         <v>1</v>
       </c>
-      <c r="D8" s="26" t="s">
-[...28 lines deleted...]
-      <c r="D12" s="26" t="s">
+      <c r="B3" s="29">
+        <v>901495</v>
+      </c>
+      <c r="C3" s="29" t="s">
         <v>75</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B13" s="26" t="s">
+      <c r="D3" s="29" t="s">
         <v>76</v>
       </c>
-      <c r="C13" s="26">
-[...42 lines deleted...]
-      <c r="D18" s="26" t="s">
+      <c r="E3" s="30" t="s">
+        <v>184</v>
+      </c>
+      <c r="F3" s="29" t="s">
+        <v>185</v>
+      </c>
+      <c r="G3" s="31">
+        <v>462.45</v>
+      </c>
+      <c r="H3" s="32">
+        <f>G3+$F$41-18</f>
+        <v>1344.45</v>
+      </c>
+      <c r="I3" s="32">
+        <f>G3+$F$42-18</f>
+        <v>1444.45</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" s="33">
+        <v>2</v>
+      </c>
+      <c r="B4" s="34">
+        <v>901513</v>
+      </c>
+      <c r="C4" s="34" t="s">
         <v>79</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B19" s="26" t="s">
+      <c r="D4" s="34" t="s">
         <v>80</v>
       </c>
-      <c r="C19" s="26">
-[...3 lines deleted...]
-        <v>81</v>
+      <c r="E4" s="35" t="s">
+        <v>186</v>
+      </c>
+      <c r="F4" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G4" s="31">
+        <v>418.4</v>
+      </c>
+      <c r="H4" s="32">
+        <f t="shared" ref="H4:H38" si="0">G4+$F$41-18</f>
+        <v>1300.4000000000001</v>
+      </c>
+      <c r="I4" s="32">
+        <f t="shared" ref="I4:I38" si="1">G4+$F$42-18</f>
+        <v>1400.4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" s="33">
+        <v>3</v>
+      </c>
+      <c r="B5" s="34">
+        <v>901488</v>
+      </c>
+      <c r="C5" s="34" t="s">
+        <v>91</v>
+      </c>
+      <c r="D5" s="34" t="s">
+        <v>92</v>
+      </c>
+      <c r="E5" s="35" t="s">
+        <v>187</v>
+      </c>
+      <c r="F5" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G5" s="36">
+        <v>575.72</v>
+      </c>
+      <c r="H5" s="32">
+        <f t="shared" si="0"/>
+        <v>1457.72</v>
+      </c>
+      <c r="I5" s="32">
+        <f t="shared" si="1"/>
+        <v>1557.72</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" s="33">
+        <v>4</v>
+      </c>
+      <c r="B6" s="34">
+        <v>901511</v>
+      </c>
+      <c r="C6" s="34" t="s">
+        <v>103</v>
+      </c>
+      <c r="D6" s="34" t="s">
+        <v>104</v>
+      </c>
+      <c r="E6" s="35" t="s">
+        <v>188</v>
+      </c>
+      <c r="F6" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G6" s="36">
+        <v>619.77</v>
+      </c>
+      <c r="H6" s="32">
+        <f t="shared" si="0"/>
+        <v>1501.77</v>
+      </c>
+      <c r="I6" s="32">
+        <f t="shared" si="1"/>
+        <v>1601.77</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" s="33">
+        <v>5</v>
+      </c>
+      <c r="B7" s="34">
+        <v>901831</v>
+      </c>
+      <c r="C7" s="34" t="s">
+        <v>82</v>
+      </c>
+      <c r="D7" s="34" t="s">
+        <v>83</v>
+      </c>
+      <c r="E7" s="35" t="s">
+        <v>189</v>
+      </c>
+      <c r="F7" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G7" s="31">
+        <v>550.57000000000005</v>
+      </c>
+      <c r="H7" s="32">
+        <f t="shared" si="0"/>
+        <v>1432.5700000000002</v>
+      </c>
+      <c r="I7" s="32">
+        <f t="shared" si="1"/>
+        <v>1532.5700000000002</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" s="33">
+        <v>6</v>
+      </c>
+      <c r="B8" s="34">
+        <v>901516</v>
+      </c>
+      <c r="C8" s="34" t="s">
+        <v>85</v>
+      </c>
+      <c r="D8" s="34" t="s">
+        <v>86</v>
+      </c>
+      <c r="E8" s="35" t="s">
+        <v>190</v>
+      </c>
+      <c r="F8" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G8" s="31">
+        <v>374.35</v>
+      </c>
+      <c r="H8" s="32">
+        <f t="shared" si="0"/>
+        <v>1256.3499999999999</v>
+      </c>
+      <c r="I8" s="32">
+        <f t="shared" si="1"/>
+        <v>1356.35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" s="33">
+        <v>7</v>
+      </c>
+      <c r="B9" s="34">
+        <v>901850</v>
+      </c>
+      <c r="C9" s="34" t="s">
+        <v>118</v>
+      </c>
+      <c r="D9" s="34" t="s">
+        <v>119</v>
+      </c>
+      <c r="E9" s="35" t="s">
+        <v>191</v>
+      </c>
+      <c r="F9" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G9" s="31">
+        <v>707.38</v>
+      </c>
+      <c r="H9" s="32">
+        <f t="shared" si="0"/>
+        <v>1589.38</v>
+      </c>
+      <c r="I9" s="32">
+        <f t="shared" si="1"/>
+        <v>1689.38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" s="33">
+        <v>8</v>
+      </c>
+      <c r="B10" s="34">
+        <v>901493</v>
+      </c>
+      <c r="C10" s="34" t="s">
+        <v>121</v>
+      </c>
+      <c r="D10" s="34" t="s">
+        <v>122</v>
+      </c>
+      <c r="E10" s="35" t="s">
+        <v>192</v>
+      </c>
+      <c r="F10" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G10" s="31">
+        <v>531.66999999999996</v>
+      </c>
+      <c r="H10" s="32">
+        <f t="shared" si="0"/>
+        <v>1413.67</v>
+      </c>
+      <c r="I10" s="32">
+        <f t="shared" si="1"/>
+        <v>1513.67</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" s="33">
+        <v>9</v>
+      </c>
+      <c r="B11" s="34">
+        <v>901848</v>
+      </c>
+      <c r="C11" s="34" t="s">
+        <v>124</v>
+      </c>
+      <c r="D11" s="34" t="s">
+        <v>125</v>
+      </c>
+      <c r="E11" s="35" t="s">
+        <v>193</v>
+      </c>
+      <c r="F11" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G11" s="36">
+        <v>663.83</v>
+      </c>
+      <c r="H11" s="32">
+        <f t="shared" si="0"/>
+        <v>1545.83</v>
+      </c>
+      <c r="I11" s="32">
+        <f t="shared" si="1"/>
+        <v>1645.83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" s="33">
+        <v>10</v>
+      </c>
+      <c r="B12" s="34">
+        <v>905224</v>
+      </c>
+      <c r="C12" s="34" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" s="34" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" s="35" t="s">
+        <v>194</v>
+      </c>
+      <c r="F12" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G12" s="31">
+        <v>650.72</v>
+      </c>
+      <c r="H12" s="32">
+        <f t="shared" si="0"/>
+        <v>1532.72</v>
+      </c>
+      <c r="I12" s="32">
+        <f t="shared" si="1"/>
+        <v>1632.72</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" s="33">
+        <v>11</v>
+      </c>
+      <c r="B13" s="34">
+        <v>905232</v>
+      </c>
+      <c r="C13" s="34" t="s">
+        <v>127</v>
+      </c>
+      <c r="D13" s="34" t="s">
+        <v>128</v>
+      </c>
+      <c r="E13" s="35" t="s">
+        <v>195</v>
+      </c>
+      <c r="F13" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G13" s="31">
+        <v>731.99</v>
+      </c>
+      <c r="H13" s="32">
+        <f t="shared" si="0"/>
+        <v>1613.99</v>
+      </c>
+      <c r="I13" s="32">
+        <f t="shared" si="1"/>
+        <v>1713.99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" s="33">
+        <v>12</v>
+      </c>
+      <c r="B14" s="34">
+        <v>905275</v>
+      </c>
+      <c r="C14" s="34" t="s">
+        <v>130</v>
+      </c>
+      <c r="D14" s="34" t="s">
+        <v>131</v>
+      </c>
+      <c r="E14" s="35" t="s">
+        <v>196</v>
+      </c>
+      <c r="F14" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G14" s="31">
+        <v>808.04</v>
+      </c>
+      <c r="H14" s="32">
+        <f t="shared" si="0"/>
+        <v>1690.04</v>
+      </c>
+      <c r="I14" s="32">
+        <f t="shared" si="1"/>
+        <v>1790.04</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" s="33">
+        <v>13</v>
+      </c>
+      <c r="B15" s="34">
+        <v>906123</v>
+      </c>
+      <c r="C15" s="34" t="s">
+        <v>148</v>
+      </c>
+      <c r="D15" s="34" t="s">
+        <v>197</v>
+      </c>
+      <c r="E15" s="35" t="s">
+        <v>198</v>
+      </c>
+      <c r="F15" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G15" s="31">
+        <v>631.83000000000004</v>
+      </c>
+      <c r="H15" s="32">
+        <f t="shared" si="0"/>
+        <v>1513.83</v>
+      </c>
+      <c r="I15" s="32">
+        <f t="shared" si="1"/>
+        <v>1613.83</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="33">
+        <v>14</v>
+      </c>
+      <c r="B16" s="34">
+        <v>911739</v>
+      </c>
+      <c r="C16" s="34" t="s">
+        <v>94</v>
+      </c>
+      <c r="D16" s="34" t="s">
+        <v>95</v>
+      </c>
+      <c r="E16" s="35" t="s">
+        <v>199</v>
+      </c>
+      <c r="F16" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G16" s="31">
+        <v>360.36</v>
+      </c>
+      <c r="H16" s="32">
+        <f t="shared" si="0"/>
+        <v>1242.3600000000001</v>
+      </c>
+      <c r="I16" s="32">
+        <f t="shared" si="1"/>
+        <v>1342.3600000000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" s="28">
+        <v>15</v>
+      </c>
+      <c r="B17" s="37">
+        <v>915572</v>
+      </c>
+      <c r="C17" s="29" t="s">
+        <v>97</v>
+      </c>
+      <c r="D17" s="29" t="s">
+        <v>98</v>
+      </c>
+      <c r="E17" s="30" t="s">
+        <v>200</v>
+      </c>
+      <c r="F17" s="29" t="s">
+        <v>185</v>
+      </c>
+      <c r="G17" s="31">
+        <v>497.55</v>
+      </c>
+      <c r="H17" s="32">
+        <f t="shared" si="0"/>
+        <v>1379.55</v>
+      </c>
+      <c r="I17" s="32">
+        <f t="shared" si="1"/>
+        <v>1479.55</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" s="33">
+        <v>16</v>
+      </c>
+      <c r="B18" s="34">
+        <v>911720</v>
+      </c>
+      <c r="C18" s="34" t="s">
+        <v>100</v>
+      </c>
+      <c r="D18" s="34" t="s">
+        <v>101</v>
+      </c>
+      <c r="E18" s="35" t="s">
+        <v>201</v>
+      </c>
+      <c r="F18" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G18" s="31">
+        <v>428.52</v>
+      </c>
+      <c r="H18" s="32">
+        <f t="shared" si="0"/>
+        <v>1310.52</v>
+      </c>
+      <c r="I18" s="32">
+        <f t="shared" si="1"/>
+        <v>1410.52</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="38">
+        <v>17</v>
+      </c>
+      <c r="B19" s="39">
+        <v>920754</v>
+      </c>
+      <c r="C19" s="39" t="s">
+        <v>106</v>
+      </c>
+      <c r="D19" s="39" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="35" t="s">
+        <v>202</v>
+      </c>
+      <c r="F19" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G19" s="40">
+        <v>461.51</v>
+      </c>
+      <c r="H19" s="32">
+        <f t="shared" si="0"/>
+        <v>1343.51</v>
+      </c>
+      <c r="I19" s="32">
+        <f t="shared" si="1"/>
+        <v>1443.51</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="33">
+        <v>18</v>
+      </c>
+      <c r="B20" s="41">
+        <v>920797</v>
+      </c>
+      <c r="C20" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="D20" s="34" t="s">
+        <v>110</v>
+      </c>
+      <c r="E20" s="35" t="s">
+        <v>203</v>
+      </c>
+      <c r="F20" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G20" s="31">
+        <v>520.58000000000004</v>
+      </c>
+      <c r="H20" s="32">
+        <f t="shared" si="0"/>
+        <v>1402.58</v>
+      </c>
+      <c r="I20" s="32">
+        <f t="shared" si="1"/>
+        <v>1502.58</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" s="33">
+        <v>19</v>
+      </c>
+      <c r="B21" s="41">
+        <v>917729</v>
+      </c>
+      <c r="C21" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="D21" s="34" t="s">
+        <v>113</v>
+      </c>
+      <c r="E21" s="35" t="s">
+        <v>204</v>
+      </c>
+      <c r="F21" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G21" s="31">
+        <v>543.62</v>
+      </c>
+      <c r="H21" s="32">
+        <f t="shared" si="0"/>
+        <v>1425.62</v>
+      </c>
+      <c r="I21" s="32">
+        <f t="shared" si="1"/>
+        <v>1525.62</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" s="33">
+        <v>20</v>
+      </c>
+      <c r="B22" s="34">
+        <v>929441</v>
+      </c>
+      <c r="C22" s="34" t="s">
+        <v>115</v>
+      </c>
+      <c r="D22" s="34" t="s">
+        <v>116</v>
+      </c>
+      <c r="E22" s="35" t="s">
+        <v>205</v>
+      </c>
+      <c r="F22" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G22" s="31">
+        <v>342.35</v>
+      </c>
+      <c r="H22" s="32">
+        <f t="shared" si="0"/>
+        <v>1224.3499999999999</v>
+      </c>
+      <c r="I22" s="32">
+        <f t="shared" si="1"/>
+        <v>1324.35</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" s="33">
+        <v>21</v>
+      </c>
+      <c r="B23" s="34">
+        <v>930652</v>
+      </c>
+      <c r="C23" s="34" t="s">
+        <v>133</v>
+      </c>
+      <c r="D23" s="34" t="s">
+        <v>134</v>
+      </c>
+      <c r="E23" s="35" t="s">
+        <v>206</v>
+      </c>
+      <c r="F23" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G23" s="31">
+        <v>316.31</v>
+      </c>
+      <c r="H23" s="32">
+        <f t="shared" si="0"/>
+        <v>1198.31</v>
+      </c>
+      <c r="I23" s="32">
+        <f t="shared" si="1"/>
+        <v>1298.31</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="33">
+        <v>22</v>
+      </c>
+      <c r="B24" s="34">
+        <v>930660</v>
+      </c>
+      <c r="C24" s="34" t="s">
+        <v>136</v>
+      </c>
+      <c r="D24" s="34" t="s">
+        <v>137</v>
+      </c>
+      <c r="E24" s="35" t="s">
+        <v>207</v>
+      </c>
+      <c r="F24" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G24" s="31">
+        <v>448.47</v>
+      </c>
+      <c r="H24" s="32">
+        <f t="shared" si="0"/>
+        <v>1330.47</v>
+      </c>
+      <c r="I24" s="32">
+        <f t="shared" si="1"/>
+        <v>1430.47</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="33">
+        <v>23</v>
+      </c>
+      <c r="B25" s="34">
+        <v>930520</v>
+      </c>
+      <c r="C25" s="34" t="s">
+        <v>139</v>
+      </c>
+      <c r="D25" s="34" t="s">
+        <v>140</v>
+      </c>
+      <c r="E25" s="35" t="s">
+        <v>208</v>
+      </c>
+      <c r="F25" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G25" s="31">
+        <v>404.42</v>
+      </c>
+      <c r="H25" s="32">
+        <f t="shared" si="0"/>
+        <v>1286.42</v>
+      </c>
+      <c r="I25" s="32">
+        <f t="shared" si="1"/>
+        <v>1386.42</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="38">
+        <v>24</v>
+      </c>
+      <c r="B26" s="39">
+        <v>901830</v>
+      </c>
+      <c r="C26" s="39" t="s">
+        <v>142</v>
+      </c>
+      <c r="D26" s="39" t="s">
+        <v>143</v>
+      </c>
+      <c r="E26" s="42" t="s">
+        <v>209</v>
+      </c>
+      <c r="F26" s="39" t="s">
+        <v>185</v>
+      </c>
+      <c r="G26" s="31">
+        <v>506.51</v>
+      </c>
+      <c r="H26" s="32">
+        <f t="shared" si="0"/>
+        <v>1388.51</v>
+      </c>
+      <c r="I26" s="32">
+        <f t="shared" si="1"/>
+        <v>1488.51</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="33">
+        <v>25</v>
+      </c>
+      <c r="B27" s="34">
+        <v>911704</v>
+      </c>
+      <c r="C27" s="34" t="s">
+        <v>145</v>
+      </c>
+      <c r="D27" s="34" t="s">
+        <v>146</v>
+      </c>
+      <c r="E27" s="35" t="s">
+        <v>210</v>
+      </c>
+      <c r="F27" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G27" s="31">
+        <v>344.37</v>
+      </c>
+      <c r="H27" s="32">
+        <f t="shared" si="0"/>
+        <v>1226.3699999999999</v>
+      </c>
+      <c r="I27" s="32">
+        <f t="shared" si="1"/>
+        <v>1326.37</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" s="33">
+        <v>26</v>
+      </c>
+      <c r="B28" s="34">
+        <v>901860</v>
+      </c>
+      <c r="C28" s="34" t="s">
+        <v>160</v>
+      </c>
+      <c r="D28" s="34" t="s">
+        <v>149</v>
+      </c>
+      <c r="E28" s="35" t="s">
+        <v>211</v>
+      </c>
+      <c r="F28" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G28" s="31">
+        <v>751.94</v>
+      </c>
+      <c r="H28" s="32">
+        <f t="shared" si="0"/>
+        <v>1633.94</v>
+      </c>
+      <c r="I28" s="32">
+        <f t="shared" si="1"/>
+        <v>1733.94</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="33">
+        <v>27</v>
+      </c>
+      <c r="B29" s="34">
+        <v>911712</v>
+      </c>
+      <c r="C29" s="34" t="s">
+        <v>151</v>
+      </c>
+      <c r="D29" s="34" t="s">
+        <v>152</v>
+      </c>
+      <c r="E29" s="35" t="s">
+        <v>212</v>
+      </c>
+      <c r="F29" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G29" s="31">
+        <v>386.44</v>
+      </c>
+      <c r="H29" s="32">
+        <f t="shared" si="0"/>
+        <v>1268.44</v>
+      </c>
+      <c r="I29" s="32">
+        <f t="shared" si="1"/>
+        <v>1368.44</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="33">
+        <v>28</v>
+      </c>
+      <c r="B30" s="34">
+        <v>930687</v>
+      </c>
+      <c r="C30" s="34" t="s">
+        <v>180</v>
+      </c>
+      <c r="D30" s="34" t="s">
+        <v>181</v>
+      </c>
+      <c r="E30" s="35" t="s">
+        <v>213</v>
+      </c>
+      <c r="F30" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G30" s="43">
+        <v>219.24</v>
+      </c>
+      <c r="H30" s="32">
+        <f t="shared" si="0"/>
+        <v>1101.24</v>
+      </c>
+      <c r="I30" s="32">
+        <f t="shared" si="1"/>
+        <v>1201.24</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="28">
+        <v>29</v>
+      </c>
+      <c r="B31" s="29">
+        <v>934275</v>
+      </c>
+      <c r="C31" s="29" t="s">
+        <v>157</v>
+      </c>
+      <c r="D31" s="29" t="s">
+        <v>158</v>
+      </c>
+      <c r="E31" s="30" t="s">
+        <v>214</v>
+      </c>
+      <c r="F31" s="29" t="s">
+        <v>185</v>
+      </c>
+      <c r="G31" s="31">
+        <v>342.35</v>
+      </c>
+      <c r="H31" s="32">
+        <f t="shared" si="0"/>
+        <v>1224.3499999999999</v>
+      </c>
+      <c r="I31" s="32">
+        <f t="shared" si="1"/>
+        <v>1324.35</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="28">
+        <v>30</v>
+      </c>
+      <c r="B32" s="29">
+        <v>934305</v>
+      </c>
+      <c r="C32" s="29" t="s">
+        <v>165</v>
+      </c>
+      <c r="D32" s="29" t="s">
+        <v>166</v>
+      </c>
+      <c r="E32" s="30" t="s">
+        <v>215</v>
+      </c>
+      <c r="F32" s="29" t="s">
+        <v>185</v>
+      </c>
+      <c r="G32" s="31">
+        <v>360.36</v>
+      </c>
+      <c r="H32" s="32">
+        <f t="shared" si="0"/>
+        <v>1242.3600000000001</v>
+      </c>
+      <c r="I32" s="32">
+        <f t="shared" si="1"/>
+        <v>1342.3600000000001</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="33">
+        <v>31</v>
+      </c>
+      <c r="B33" s="34">
+        <v>934402</v>
+      </c>
+      <c r="C33" s="34" t="s">
+        <v>168</v>
+      </c>
+      <c r="D33" s="34" t="s">
+        <v>169</v>
+      </c>
+      <c r="E33" s="35" t="s">
+        <v>216</v>
+      </c>
+      <c r="F33" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G33" s="31">
+        <v>341.37</v>
+      </c>
+      <c r="H33" s="32">
+        <f t="shared" si="0"/>
+        <v>1223.3699999999999</v>
+      </c>
+      <c r="I33" s="32">
+        <f t="shared" si="1"/>
+        <v>1323.37</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="33">
+        <v>32</v>
+      </c>
+      <c r="B34" s="34">
+        <v>934429</v>
+      </c>
+      <c r="C34" s="34" t="s">
+        <v>171</v>
+      </c>
+      <c r="D34" s="34" t="s">
+        <v>172</v>
+      </c>
+      <c r="E34" s="35" t="s">
+        <v>217</v>
+      </c>
+      <c r="F34" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G34" s="31">
+        <v>287.36</v>
+      </c>
+      <c r="H34" s="32">
+        <f t="shared" si="0"/>
+        <v>1169.3600000000001</v>
+      </c>
+      <c r="I34" s="32">
+        <f t="shared" si="1"/>
+        <v>1269.3600000000001</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="28">
+        <v>33</v>
+      </c>
+      <c r="B35" s="29">
+        <v>936464</v>
+      </c>
+      <c r="C35" s="29" t="s">
+        <v>180</v>
+      </c>
+      <c r="D35" s="29" t="s">
+        <v>181</v>
+      </c>
+      <c r="E35" s="30" t="s">
+        <v>218</v>
+      </c>
+      <c r="F35" s="29" t="s">
+        <v>185</v>
+      </c>
+      <c r="G35" s="31">
+        <v>305.35000000000002</v>
+      </c>
+      <c r="H35" s="32">
+        <f t="shared" si="0"/>
+        <v>1187.3499999999999</v>
+      </c>
+      <c r="I35" s="32">
+        <f t="shared" si="1"/>
+        <v>1287.3499999999999</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="33">
+        <v>34</v>
+      </c>
+      <c r="B36" s="34">
+        <v>936618</v>
+      </c>
+      <c r="C36" s="34" t="s">
+        <v>162</v>
+      </c>
+      <c r="D36" s="34" t="s">
+        <v>163</v>
+      </c>
+      <c r="E36" s="35" t="s">
+        <v>219</v>
+      </c>
+      <c r="F36" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G36" s="31">
+        <v>677.86</v>
+      </c>
+      <c r="H36" s="32">
+        <f t="shared" si="0"/>
+        <v>1559.8600000000001</v>
+      </c>
+      <c r="I36" s="32">
+        <f t="shared" si="1"/>
+        <v>1659.8600000000001</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="33">
+        <v>35</v>
+      </c>
+      <c r="B37" s="34">
+        <v>934399</v>
+      </c>
+      <c r="C37" s="34" t="s">
+        <v>174</v>
+      </c>
+      <c r="D37" s="34" t="s">
+        <v>175</v>
+      </c>
+      <c r="E37" s="35" t="s">
+        <v>220</v>
+      </c>
+      <c r="F37" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="G37" s="31">
+        <v>589.75</v>
+      </c>
+      <c r="H37" s="32">
+        <f t="shared" si="0"/>
+        <v>1471.75</v>
+      </c>
+      <c r="I37" s="32">
+        <f t="shared" si="1"/>
+        <v>1571.75</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="28">
+        <v>36</v>
+      </c>
+      <c r="B38" s="29">
+        <v>936596</v>
+      </c>
+      <c r="C38" s="29" t="s">
+        <v>154</v>
+      </c>
+      <c r="D38" s="29" t="s">
+        <v>155</v>
+      </c>
+      <c r="E38" s="30" t="s">
+        <v>221</v>
+      </c>
+      <c r="F38" s="29" t="s">
+        <v>185</v>
+      </c>
+      <c r="G38" s="31">
+        <v>344.37</v>
+      </c>
+      <c r="H38" s="32">
+        <f t="shared" si="0"/>
+        <v>1226.3699999999999</v>
+      </c>
+      <c r="I38" s="32">
+        <f t="shared" si="1"/>
+        <v>1326.37</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="D39" s="25"/>
+    </row>
+    <row r="40" spans="1:9" ht="15" thickBot="1">
+      <c r="D40" s="25"/>
+    </row>
+    <row r="41" spans="1:9" ht="18.600000000000001">
+      <c r="C41" s="52" t="s">
+        <v>183</v>
+      </c>
+      <c r="D41" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="E41" s="4"/>
+      <c r="F41">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="D42" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" s="6"/>
+      <c r="F42">
+        <v>1000</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="4">
-[...3 lines deleted...]
-    <mergeCell ref="B15:D15"/>
+  <protectedRanges>
+    <protectedRange sqref="G1:G38" name="Range1"/>
+    <protectedRange sqref="G3:G38" name="Range2"/>
+  </protectedRanges>
+  <mergeCells count="5">
+    <mergeCell ref="A1:A2"/>
+    <mergeCell ref="B1:B2"/>
+    <mergeCell ref="E1:E2"/>
+    <mergeCell ref="F1:F2"/>
+    <mergeCell ref="G1:G2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007A4829947B156944985BFDFF3406D01F" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="aa12ac2ceade034908e94c93dc340dec">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="641ef47e-bfcb-4375-b898-094fc71fbee9" xmlns:ns3="15c6c981-e993-4afc-acb6-525661bfcba7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="146e8394990655bc10682fc908dd2cd5" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007A4829947B156944985BFDFF3406D01F" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5e085f2b1613ff9c116025c17da27ebd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="641ef47e-bfcb-4375-b898-094fc71fbee9" xmlns:ns3="15c6c981-e993-4afc-acb6-525661bfcba7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1aad1a8cf015154357eca99c1ed62b54" ns2:_="" ns3:_="">
     <xsd:import namespace="641ef47e-bfcb-4375-b898-094fc71fbee9"/>
     <xsd:import namespace="15c6c981-e993-4afc-acb6-525661bfcba7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -2001,76 +5081,67 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="15c6c981-e993-4afc-acb6-525661bfcba7" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="641ef47e-bfcb-4375-b898-094fc71fbee9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78F49240-7A44-41A2-814D-CE7F058AA45E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{384F78BF-6833-4E5D-A9A5-219946930F66}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{384F78BF-6833-4E5D-A9A5-219946930F66}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86401961-9EA0-4010-A912-75B3B950B145}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0226A8CC-8FD3-4137-ABE4-BB9EC9626561}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Aditya Vaidya</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>